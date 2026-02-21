--- v0 (2025-12-07)
+++ v1 (2026-02-21)
@@ -439,60 +439,60 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:D183"/>
+  <dimension ref="A1:D322"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="34" customWidth="1" min="1" max="1"/>
-    <col width="36" customWidth="1" min="2" max="2"/>
+    <col width="41" customWidth="1" min="2" max="2"/>
     <col width="22" customWidth="1" min="3" max="3"/>
     <col width="6" customWidth="1" min="4" max="4"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Детали упаковки: Большой Простор</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Основная информация</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
@@ -581,2675 +581,4778 @@
           <t>Цена за штуку (₽)</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>от 1 шт.</t>
         </is>
       </c>
       <c r="B13" s="4" t="n">
         <v>123</v>
       </c>
     </row>
     <row r="14"/>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Доступные наборы конфет</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
-          <t>Набор: Мечта сластёны</t>
+          <t>Набор: Сладкая мечта</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Тип</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t>Премиум</t>
+          <t>Стандарт</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Граммовка</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t>1500 г</t>
+          <t>1200 г</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Общее количество конфет</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>76 шт</t>
+          <t>53 шт</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Цены набора конфет</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Количество</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Цена набора (₽)</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Цена с упаковкой (₽)</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
           <t>от 1 шт.</t>
         </is>
       </c>
       <c r="B22" s="4" t="n">
-        <v>2370</v>
+        <v>1050</v>
       </c>
       <c r="C22" s="4" t="n">
-        <v>2493</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
           <t>от 30 шт.</t>
         </is>
       </c>
       <c r="B23" s="4" t="n">
-        <v>2255</v>
+        <v>990</v>
       </c>
       <c r="C23" s="4" t="n">
-        <v>2378</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
           <t>от 100 шт.</t>
         </is>
       </c>
       <c r="B24" s="4" t="n">
-        <v>2120</v>
+        <v>940</v>
       </c>
       <c r="C24" s="4" t="n">
-        <v>2243</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="25"/>
     <row r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фасованная продукция</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бренд</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
           <t>Название конфеты</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Количество</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Orion</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t>Батончик «Choco-Pie»</t>
+          <t>Батончик "O'Zera" Chocolate Hazelnut</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Nestle</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>Вафельный батончик «Хрутка криспи»</t>
+          <t>Драже «YOTA» в ассортименте</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t>Драже «M&amp;M’s»</t>
+          <t>Карамель на палочке KDV "STRIKE"</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Mamba</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t>Жевательные конфеты "Mamba"</t>
+          <t>Мармелад «Babyfox» 70г</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Chupa Chups</t>
+          <t>Любимый</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t>Chupa Chups</t>
+          <t>Сок «Любимый» 0,2л</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
           <t>Яшкино</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t>Мармелад «Бонди» 100г</t>
+          <t>Шоколадное пирожное «TONDI» choco pie</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Orion</t>
+          <t>Славянка</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t>Печенье «Choco Boy» Грибочки</t>
+          <t>Тортик Боярушка классический 38гр</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Oreo</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t>Шоколадное Печенье «OREO»</t>
+          <t>Батончик «Ярче»</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Nestle</t>
+          <t>КВД</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t>Шоколадка «Goodmix»</t>
+          <t>Батончик "Чио Рио"</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t>Шоколадка «Milky Way»</t>
+          <t>Батончик «Bon Time»</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>ESSEN</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t>Шоколадка «Snickers»</t>
+          <t>«Cho Ko-Te» шоколад молочный</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
-    <row r="39">
-[...15 lines deleted...]
-    </row>
+    <row r="39"/>
     <row r="40">
-      <c r="A40" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>1 шт</t>
+      <c r="A40" s="3" t="inlineStr">
+        <is>
+          <t>Конфеты</t>
         </is>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>1 шт</t>
+      <c r="A41" s="3" t="inlineStr">
+        <is>
+          <t>Бренд</t>
+        </is>
+      </c>
+      <c r="B41" s="3" t="inlineStr">
+        <is>
+          <t>Название конфеты</t>
+        </is>
+      </c>
+      <c r="C41" s="3" t="inlineStr">
+        <is>
+          <t>Количество</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>КВД</t>
+          <t>ESSEN</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t>Драже "YOTA"</t>
+          <t>"Arami"</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
-    <row r="43"/>
+    <row r="43">
+      <c r="A43" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B43" s="4" t="inlineStr">
+        <is>
+          <t>"Cho Ko-Te" конфета</t>
+        </is>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
     <row r="44">
-      <c r="A44" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Конфеты</t>
+      <c r="A44" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B44" s="4" t="inlineStr">
+        <is>
+          <t>"ДаЁжъ"</t>
+        </is>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="45">
-      <c r="A45" s="3" t="inlineStr">
-[...11 lines deleted...]
-          <t>Количество</t>
+      <c r="A45" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B45" s="4" t="inlineStr">
+        <is>
+          <t>"Доярушка"</t>
+        </is>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>ESSEN</t>
+          <t>Konti</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t>"Конфета 35"</t>
+          <t>"Золотая Лилия"</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>ESSEN</t>
+          <t>Акконд</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t>"Arami"</t>
+          <t>"Зернушка"</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>ESSEN</t>
+          <t>Акконд</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t>"Cho Ko-Te" Шокотята</t>
+          <t>"Нямик"</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>ESSEN</t>
+          <t>Акконд</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t>«Cho Ko-Te» Bubble gum</t>
+          <t>"ОРешка"</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>ESSEN</t>
+          <t>Вольский кондитер</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t>"ДаЁжъ"</t>
+          <t>"Коровка в шоколаде"</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>Nestle</t>
+          <t>Красный Октябрь</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t>«Nuts»</t>
+          <t>"Маска"</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>РотФронт</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t>«Mars»</t>
+          <t>"Батончик №1"</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="4" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>РотФронт</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t>«Milky Way»</t>
+          <t>"Коровка"</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="4" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>Сириус</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t>«Snickers»</t>
+          <t>"ZOO ZOO"</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="4" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>Сириус</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t>«Twix»</t>
+          <t>"Орешки в глазури" пирамидка</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="4" t="inlineStr">
         <is>
-          <t>Акконд</t>
+          <t>Славянка</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t>«Ломтишка»</t>
+          <t>"Ананасная долина"</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="4" t="inlineStr">
         <is>
-          <t>Акконд</t>
+          <t>Славянка</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t>"Нямик"</t>
+          <t>"Левушка"</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="4" t="inlineStr">
         <is>
-          <t>Акконд</t>
+          <t>Славянка</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t>"ОРешка"</t>
+          <t>"Обыкновенное чудо"</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="4" t="inlineStr">
         <is>
-          <t>Акконд</t>
+          <t>Славянка</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t>"Халветта"</t>
+          <t>"Степ"</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="4" t="inlineStr">
         <is>
-          <t>Красный Октябрь</t>
+          <t>Сладкий орешек</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t>«Кара-кум»</t>
+          <t>"Марсианка"</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="4" t="inlineStr">
         <is>
-          <t>Красный Октябрь</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t>"Красная шапочка"</t>
+          <t>"ELLE"</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="4" t="inlineStr">
         <is>
-          <t>Красный Октябрь</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t>«Красный мак»</t>
+          <t>"Nils"</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="4" t="inlineStr">
         <is>
-          <t>Красный Октябрь</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t>"Маска"</t>
+          <t>"Версаль"</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="4" t="inlineStr">
         <is>
-          <t>Красный Октябрь</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t>"Ореховая Роща"</t>
+          <t>"Zebra" mini</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="4" t="inlineStr">
         <is>
-          <t>Пензенская к.ф.</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t>"Петушок маслена головушка"</t>
+          <t>"Мексикана"</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="4" t="inlineStr">
         <is>
-          <t>РотФронт</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t>"Батончик №1"</t>
+          <t>"Чио Рио"</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="4" t="inlineStr">
         <is>
-          <t>РотФронт</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t>"Коровка"</t>
+          <t>"Шантарель"</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="4" t="inlineStr">
         <is>
-          <t>РотФронт</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t>"Птичье молоко"</t>
+          <t>"Яшкина картошка"</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="4" t="inlineStr">
         <is>
-          <t>Сириус</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t>"ZOO ZOO"</t>
+          <t>"Glaze"</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="4" t="inlineStr">
         <is>
-          <t>Славянка</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t>"Ананасная долина"</t>
+          <t>"RODEO"</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="4" t="inlineStr">
         <is>
-          <t>Славянка</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t>«Ассорти люкс»</t>
+          <t>"Jets"</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="4" t="inlineStr">
         <is>
           <t>Яшкино</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t>"Ярче"</t>
+          <t>"Фундук Петрович"</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="4" t="inlineStr">
         <is>
-          <t>Славянка</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t>"Маленькое чудо"</t>
+          <t>"Крокант"</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="4" t="inlineStr">
         <is>
-          <t>Славянка</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t>"Обыкновенное чудо"</t>
+          <t>"Фэнси"</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="4" t="inlineStr">
         <is>
-          <t>Славянка</t>
+          <t>Сормовская к.ф</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t>"Степ"</t>
+          <t>"Восточные мотивы"</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="4" t="inlineStr">
         <is>
-          <t>Сладкий орешек</t>
+          <t>Славянка</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t>"Марсианка"</t>
+          <t>"Детям"</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>РотФронт</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t>«BabyFox»</t>
+          <t>"Семейство сов"</t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Красный Октябрь</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t>"Babyfox Bueno"</t>
+          <t>"Ореховая Роща"</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Konti</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t>«Chocolate-Hazelnut»</t>
+          <t>"TIMI"</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>ESSEN</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
-          <t>"ELLE"</t>
+          <t>"BonBonel"</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Акконд</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
-          <t>"Версаль"</t>
+          <t>"Шерби"</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Акконд</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
-          <t>"Zebra" mini</t>
+          <t>"Ричио"</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="4" t="inlineStr">
         <is>
-          <t>Konti</t>
+          <t>Красный Октябрь</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
-          <t>"Живинка"</t>
+          <t>"Наслаждение"</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
-    <row r="84">
-[...32 lines deleted...]
-    </row>
+    <row r="84"/>
+    <row r="85"/>
     <row r="86">
-      <c r="A86" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>1 шт</t>
+      <c r="A86" s="3" t="inlineStr">
+        <is>
+          <t>Набор: Килограмм радости</t>
         </is>
       </c>
     </row>
     <row r="87">
-      <c r="A87" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Яшкино</t>
+      <c r="A87" s="3" t="inlineStr">
+        <is>
+          <t>Тип</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
-          <t>"Чио Рио"</t>
-[...4 lines deleted...]
-          <t>1 шт</t>
+          <t>Премиум</t>
         </is>
       </c>
     </row>
     <row r="88">
-      <c r="A88" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Яшкино</t>
+      <c r="A88" s="3" t="inlineStr">
+        <is>
+          <t>Граммовка</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
-          <t>"Яшкина картошка"</t>
-[...4 lines deleted...]
-          <t>1 шт</t>
+          <t>1000 г</t>
         </is>
       </c>
     </row>
     <row r="89">
-      <c r="A89" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Яшкино</t>
+      <c r="A89" s="3" t="inlineStr">
+        <is>
+          <t>Общее количество конфет</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
-          <t>"RODEO"</t>
-[...4 lines deleted...]
-          <t>1 шт</t>
+          <t>52 шт</t>
         </is>
       </c>
     </row>
     <row r="90">
-      <c r="A90" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>1 шт</t>
+      <c r="A90" s="3" t="inlineStr">
+        <is>
+          <t>Цены набора конфет</t>
         </is>
       </c>
     </row>
     <row r="91">
-      <c r="A91" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>1 шт</t>
+      <c r="A91" s="3" t="inlineStr">
+        <is>
+          <t>Количество</t>
+        </is>
+      </c>
+      <c r="B91" s="3" t="inlineStr">
+        <is>
+          <t>Цена набора (₽)</t>
+        </is>
+      </c>
+      <c r="C91" s="3" t="inlineStr">
+        <is>
+          <t>Цена с упаковкой (₽)</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
-[...10 lines deleted...]
-        </is>
+          <t>от 1 шт.</t>
+        </is>
+      </c>
+      <c r="B92" s="4" t="n">
+        <v>1700</v>
+      </c>
+      <c r="C92" s="4" t="n">
+        <v>1823</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
-[...10 lines deleted...]
-        </is>
+          <t>от 30 шт.</t>
+        </is>
+      </c>
+      <c r="B93" s="4" t="n">
+        <v>1615</v>
+      </c>
+      <c r="C93" s="4" t="n">
+        <v>1738</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
-[...29 lines deleted...]
-    </row>
+          <t>от 100 шт.</t>
+        </is>
+      </c>
+      <c r="B94" s="4" t="n">
+        <v>1520</v>
+      </c>
+      <c r="C94" s="4" t="n">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="95"/>
     <row r="96">
-      <c r="A96" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>1 шт</t>
+      <c r="A96" s="3" t="inlineStr">
+        <is>
+          <t>Фасованная продукция</t>
         </is>
       </c>
     </row>
     <row r="97">
-      <c r="A97" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>1 шт</t>
+      <c r="A97" s="3" t="inlineStr">
+        <is>
+          <t>Бренд</t>
+        </is>
+      </c>
+      <c r="B97" s="3" t="inlineStr">
+        <is>
+          <t>Название конфеты</t>
+        </is>
+      </c>
+      <c r="C97" s="3" t="inlineStr">
+        <is>
+          <t>Количество</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="4" t="inlineStr">
         <is>
-          <t>Konti</t>
+          <t>Orion</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
-          <t>"TIMI"</t>
+          <t>Батончик «Choco-Pie»</t>
         </is>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Nestle</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
-          <t>"O'zera" с цельным фундуком</t>
+          <t>Вафельный батончик «Хрутка криспи»</t>
         </is>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="4" t="inlineStr">
         <is>
-          <t>РотФронт</t>
+          <t>Mars</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
-          <t>"Семейство сов"</t>
+          <t>Драже «M&amp;M’s»</t>
         </is>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Chupa Chups</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
         <is>
-          <t>"Евгеша"</t>
+          <t>Chupa Chups</t>
         </is>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="4" t="inlineStr">
         <is>
-          <t>ESSEN</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
-          <t>"Королевский выбор"</t>
+          <t>Мармелад «Babyfox» 70г</t>
         </is>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="4" t="inlineStr">
         <is>
-          <t>Красный Октябрь</t>
+          <t>Orion</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
         <is>
-          <t>"Наслаждение"</t>
+          <t>Печенье «Choco Boy» Грибочки</t>
         </is>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="4" t="inlineStr">
         <is>
-          <t>Атаг</t>
+          <t>Nestle</t>
         </is>
       </c>
       <c r="B104" s="4" t="inlineStr">
         <is>
-          <t>"Отырар"</t>
+          <t>Шоколадка «Nuts»</t>
         </is>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="4" t="inlineStr">
         <is>
-          <t>Атаг</t>
+          <t>Mars</t>
         </is>
       </c>
       <c r="B105" s="4" t="inlineStr">
         <is>
-          <t>"Плитка шоколадки"</t>
+          <t>Шоколадка «Snickers»</t>
         </is>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="4" t="inlineStr">
         <is>
-          <t>Акконд</t>
+          <t>Ferrero</t>
         </is>
       </c>
       <c r="B106" s="4" t="inlineStr">
         <is>
-          <t>"Лапки Царапки"</t>
+          <t>Шоколадное яйцо «Kinder»</t>
         </is>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
-    <row r="107"/>
-[...7 lines deleted...]
-    </row>
+    <row r="107">
+      <c r="A107" s="4" t="inlineStr">
+        <is>
+          <t>Mamba</t>
+        </is>
+      </c>
+      <c r="B107" s="4" t="inlineStr">
+        <is>
+          <t>Жевательные конфеты "Mamba" 27г</t>
+        </is>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="4" t="inlineStr">
+        <is>
+          <t>Nestle</t>
+        </is>
+      </c>
+      <c r="B108" s="4" t="inlineStr">
+        <is>
+          <t>Шоколадка «Goodmix»</t>
+        </is>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="109"/>
     <row r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
-          <t>Тип</t>
-[...4 lines deleted...]
-          <t>Премиум</t>
+          <t>Конфеты</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
-          <t>Граммовка</t>
-[...4 lines deleted...]
-          <t>2000 г</t>
+          <t>Бренд</t>
+        </is>
+      </c>
+      <c r="B111" s="3" t="inlineStr">
+        <is>
+          <t>Название конфеты</t>
+        </is>
+      </c>
+      <c r="C111" s="3" t="inlineStr">
+        <is>
+          <t>Количество</t>
         </is>
       </c>
     </row>
     <row r="112">
-      <c r="A112" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Общее количество конфет</t>
+      <c r="A112" s="4" t="inlineStr">
+        <is>
+          <t>Красный Октябрь</t>
         </is>
       </c>
       <c r="B112" s="4" t="inlineStr">
         <is>
-          <t>105 шт</t>
+          <t>"Ореховая Роща"</t>
+        </is>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="113">
-      <c r="A113" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Цены набора конфет</t>
+      <c r="A113" s="4" t="inlineStr">
+        <is>
+          <t>Mars</t>
+        </is>
+      </c>
+      <c r="B113" s="4" t="inlineStr">
+        <is>
+          <t>«Mars»</t>
+        </is>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="114">
-      <c r="A114" s="3" t="inlineStr">
-[...11 lines deleted...]
-          <t>Цена с упаковкой (₽)</t>
+      <c r="A114" s="4" t="inlineStr">
+        <is>
+          <t>Mars</t>
+        </is>
+      </c>
+      <c r="B114" s="4" t="inlineStr">
+        <is>
+          <t>«Twix»</t>
+        </is>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="4" t="inlineStr">
         <is>
-          <t>от 1 шт.</t>
-[...6 lines deleted...]
-        <v>2933</v>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B115" s="4" t="inlineStr">
+        <is>
+          <t>«Ломтишка»</t>
+        </is>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="4" t="inlineStr">
         <is>
-          <t>от 30 шт.</t>
-[...6 lines deleted...]
-        <v>2793</v>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B116" s="4" t="inlineStr">
+        <is>
+          <t>"ОРешка"</t>
+        </is>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="4" t="inlineStr">
         <is>
-          <t>от 100 шт.</t>
-[...9 lines deleted...]
-    <row r="118"/>
+          <t>Красный Октябрь</t>
+        </is>
+      </c>
+      <c r="B117" s="4" t="inlineStr">
+        <is>
+          <t>«Красный мак»</t>
+        </is>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="4" t="inlineStr">
+        <is>
+          <t>Красный Октябрь</t>
+        </is>
+      </c>
+      <c r="B118" s="4" t="inlineStr">
+        <is>
+          <t>"Маска"</t>
+        </is>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
     <row r="119">
-      <c r="A119" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Фасованная продукция</t>
+      <c r="A119" s="4" t="inlineStr">
+        <is>
+          <t>Красный Октябрь</t>
+        </is>
+      </c>
+      <c r="B119" s="4" t="inlineStr">
+        <is>
+          <t>"Ну-ка, отними"</t>
+        </is>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="120">
-      <c r="A120" s="3" t="inlineStr">
-[...11 lines deleted...]
-          <t>Количество</t>
+      <c r="A120" s="4" t="inlineStr">
+        <is>
+          <t>Пензенская к.ф.</t>
+        </is>
+      </c>
+      <c r="B120" s="4" t="inlineStr">
+        <is>
+          <t>"Петушок маслена головушка"</t>
+        </is>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="4" t="inlineStr">
         <is>
-          <t>Orion</t>
+          <t>РотФронт</t>
         </is>
       </c>
       <c r="B121" s="4" t="inlineStr">
         <is>
-          <t>Батончик «Choco-Pie»</t>
+          <t>"Батончик №1"</t>
         </is>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="4" t="inlineStr">
         <is>
-          <t>Ferrero</t>
+          <t>РотФронт</t>
         </is>
       </c>
       <c r="B122" s="4" t="inlineStr">
         <is>
-          <t>Батончик «Kinder Bueno»</t>
+          <t>"Коровка"</t>
         </is>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>РотФронт</t>
         </is>
       </c>
       <c r="B123" s="4" t="inlineStr">
         <is>
-          <t>Драже «YOTA» в ассортименте</t>
+          <t>"Птичье молоко"</t>
         </is>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="4" t="inlineStr">
         <is>
-          <t>Nestle</t>
+          <t>Славянка</t>
         </is>
       </c>
       <c r="B124" s="4" t="inlineStr">
         <is>
-          <t>Вафельный батончик «Хрутка криспи»</t>
+          <t>«Ассорти люкс»</t>
         </is>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="4" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>Акконд</t>
         </is>
       </c>
       <c r="B125" s="4" t="inlineStr">
         <is>
-          <t>Драже «M&amp;M’s»</t>
+          <t>«Адэль»</t>
         </is>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="4" t="inlineStr">
         <is>
-          <t>Chupa Chups</t>
+          <t>ESSEN</t>
         </is>
       </c>
       <c r="B126" s="4" t="inlineStr">
         <is>
-          <t>Chupa Chups</t>
+          <t>"Конфета 35"</t>
         </is>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="4" t="inlineStr">
         <is>
-          <t>Oreo</t>
+          <t>Славянка</t>
         </is>
       </c>
       <c r="B127" s="4" t="inlineStr">
         <is>
-          <t>Шоколадное Печенье «OREO»</t>
+          <t>"Маленькое чудо"</t>
         </is>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="4" t="inlineStr">
         <is>
-          <t>Любимый</t>
+          <t>Славянка</t>
         </is>
       </c>
       <c r="B128" s="4" t="inlineStr">
         <is>
-          <t>Сок «Любимый» 0,2л</t>
+          <t>"Обыкновенное чудо"</t>
         </is>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="4" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>Сладкий орешек</t>
         </is>
       </c>
       <c r="B129" s="4" t="inlineStr">
         <is>
-          <t>Шоколадка «Milky Way»</t>
+          <t>"Марсианка"</t>
         </is>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="4" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B130" s="4" t="inlineStr">
         <is>
-          <t>Шоколадка «Twix»</t>
+          <t>«BabyFox»</t>
         </is>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="4" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B131" s="4" t="inlineStr">
         <is>
-          <t>Шоколадка «Snickers»</t>
+          <t>«Chocolate-Hazelnut»</t>
         </is>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="4" t="inlineStr">
         <is>
-          <t>Ferrero</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B132" s="4" t="inlineStr">
         <is>
-          <t>Шоколадное яйцо «Kinder»</t>
+          <t>"ELLE"</t>
         </is>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="4" t="inlineStr">
         <is>
-          <t>Mamba</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B133" s="4" t="inlineStr">
         <is>
-          <t>Жевательные конфеты "Mamba" 27г</t>
+          <t>"Nils"</t>
         </is>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="4" t="inlineStr">
         <is>
-          <t>Nestle</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B134" s="4" t="inlineStr">
         <is>
-          <t>Шоколадка «Хрутка»</t>
+          <t>"Версаль"</t>
         </is>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="4" t="inlineStr">
         <is>
           <t>Яшкино</t>
         </is>
       </c>
       <c r="B135" s="4" t="inlineStr">
         <is>
-          <t>Мармелад KDV "BabyFox" 70гр</t>
+          <t>"Мексикана"</t>
         </is>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
-    <row r="136"/>
+    <row r="136">
+      <c r="A136" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B136" s="4" t="inlineStr">
+        <is>
+          <t>"Фундук Петрович"</t>
+        </is>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
     <row r="137">
-      <c r="A137" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Конфеты</t>
+      <c r="A137" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B137" s="4" t="inlineStr">
+        <is>
+          <t>"Чио Рио"</t>
+        </is>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="138">
-      <c r="A138" s="3" t="inlineStr">
-[...11 lines deleted...]
-          <t>Количество</t>
+      <c r="A138" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B138" s="4" t="inlineStr">
+        <is>
+          <t>"Яшкина картошка"</t>
+        </is>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="4" t="inlineStr">
         <is>
           <t>ESSEN</t>
         </is>
       </c>
       <c r="B139" s="4" t="inlineStr">
         <is>
-          <t>«Cho Ko-Te» Bubble gum</t>
+          <t>"Arami"</t>
         </is>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="4" t="inlineStr">
         <is>
-          <t>Konti</t>
+          <t>ESSEN</t>
         </is>
       </c>
       <c r="B140" s="4" t="inlineStr">
         <is>
-          <t>"Золотая Лилия"</t>
+          <t>«Cho Ko-Te» Bubble gum</t>
         </is>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="4" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>Konti</t>
         </is>
       </c>
       <c r="B141" s="4" t="inlineStr">
         <is>
-          <t>«Milky Way»</t>
+          <t>"TIMI"</t>
         </is>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="4" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>Акконд</t>
         </is>
       </c>
       <c r="B142" s="4" t="inlineStr">
         <is>
-          <t>«Twix»</t>
+          <t>"Халветта"</t>
         </is>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="4" t="inlineStr">
         <is>
-          <t>Акконд</t>
+          <t>ESSEN</t>
         </is>
       </c>
       <c r="B143" s="4" t="inlineStr">
         <is>
-          <t>«Ломтишка»</t>
+          <t>"Королевский выбор"</t>
         </is>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="4" t="inlineStr">
         <is>
-          <t>Акконд</t>
+          <t>Сириус</t>
         </is>
       </c>
       <c r="B144" s="4" t="inlineStr">
         <is>
-          <t>"ОРешка"</t>
+          <t>"ZOO ZOO"</t>
         </is>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="4" t="inlineStr">
         <is>
-          <t>Красный Октябрь</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B145" s="4" t="inlineStr">
         <is>
-          <t>"Маска"</t>
+          <t>"Zebra" mini</t>
         </is>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="4" t="inlineStr">
         <is>
-          <t>РотФронт</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B146" s="4" t="inlineStr">
         <is>
-          <t>"Батончик №1"</t>
+          <t>"O'zera" Milk&amp;Almonds with salt caramel</t>
         </is>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="4" t="inlineStr">
         <is>
-          <t>РотФронт</t>
+          <t>Сириус</t>
         </is>
       </c>
       <c r="B147" s="4" t="inlineStr">
         <is>
-          <t>"Коровка"</t>
+          <t>"Орешки в глазури" пирамидка</t>
         </is>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="4" t="inlineStr">
         <is>
-          <t>Сириус</t>
+          <t>Красный Октябрь</t>
         </is>
       </c>
       <c r="B148" s="4" t="inlineStr">
         <is>
-          <t>"ZOO ZOO"</t>
+          <t>"Аленка" вафельная</t>
         </is>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="4" t="inlineStr">
         <is>
-          <t>Сириус</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B149" s="4" t="inlineStr">
         <is>
-          <t>"Орешки в глазури" пирамидка</t>
+          <t>"BabyFox galaxy"</t>
         </is>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="4" t="inlineStr">
         <is>
-          <t>Славянка</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B150" s="4" t="inlineStr">
         <is>
-          <t>"Ананасная долина"</t>
+          <t>"Bon time"</t>
         </is>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="4" t="inlineStr">
         <is>
-          <t>ESSEN</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B151" s="4" t="inlineStr">
         <is>
-          <t>"Конфета 35"</t>
+          <t>"O'zera" с цельным фундуком</t>
         </is>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="4" t="inlineStr">
         <is>
-          <t>Славянка</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B152" s="4" t="inlineStr">
         <is>
-          <t>"Маленькое чудо"</t>
+          <t>"FUROR"</t>
         </is>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
-[...36 lines deleted...]
-    </row>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="153"/>
+    <row r="154"/>
     <row r="155">
-      <c r="A155" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>2 шт</t>
+      <c r="A155" s="3" t="inlineStr">
+        <is>
+          <t>Набор: Мечта сластёны</t>
         </is>
       </c>
     </row>
     <row r="156">
-      <c r="A156" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Сладкий орешек</t>
+      <c r="A156" s="3" t="inlineStr">
+        <is>
+          <t>Тип</t>
         </is>
       </c>
       <c r="B156" s="4" t="inlineStr">
         <is>
-          <t>"Марсианка"</t>
-[...4 lines deleted...]
-          <t>2 шт</t>
+          <t>Премиум</t>
         </is>
       </c>
     </row>
     <row r="157">
-      <c r="A157" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Яшкино</t>
+      <c r="A157" s="3" t="inlineStr">
+        <is>
+          <t>Граммовка</t>
         </is>
       </c>
       <c r="B157" s="4" t="inlineStr">
         <is>
-          <t>«BabyFox»</t>
-[...4 lines deleted...]
-          <t>2 шт</t>
+          <t>1500 г</t>
         </is>
       </c>
     </row>
     <row r="158">
-      <c r="A158" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Яшкино</t>
+      <c r="A158" s="3" t="inlineStr">
+        <is>
+          <t>Общее количество конфет</t>
         </is>
       </c>
       <c r="B158" s="4" t="inlineStr">
         <is>
-          <t>"Babyfox Bueno"</t>
-[...4 lines deleted...]
-          <t>2 шт</t>
+          <t>76 шт</t>
         </is>
       </c>
     </row>
     <row r="159">
-      <c r="A159" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>2 шт</t>
+      <c r="A159" s="3" t="inlineStr">
+        <is>
+          <t>Цены набора конфет</t>
         </is>
       </c>
     </row>
     <row r="160">
-      <c r="A160" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>2 шт</t>
+      <c r="A160" s="3" t="inlineStr">
+        <is>
+          <t>Количество</t>
+        </is>
+      </c>
+      <c r="B160" s="3" t="inlineStr">
+        <is>
+          <t>Цена набора (₽)</t>
+        </is>
+      </c>
+      <c r="C160" s="3" t="inlineStr">
+        <is>
+          <t>Цена с упаковкой (₽)</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
-[...10 lines deleted...]
-        </is>
+          <t>от 1 шт.</t>
+        </is>
+      </c>
+      <c r="B161" s="4" t="n">
+        <v>2370</v>
+      </c>
+      <c r="C161" s="4" t="n">
+        <v>2493</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
-[...10 lines deleted...]
-        </is>
+          <t>от 30 шт.</t>
+        </is>
+      </c>
+      <c r="B162" s="4" t="n">
+        <v>2255</v>
+      </c>
+      <c r="C162" s="4" t="n">
+        <v>2378</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
-[...29 lines deleted...]
-    </row>
+          <t>от 100 шт.</t>
+        </is>
+      </c>
+      <c r="B163" s="4" t="n">
+        <v>2120</v>
+      </c>
+      <c r="C163" s="4" t="n">
+        <v>2243</v>
+      </c>
+    </row>
+    <row r="164"/>
     <row r="165">
-      <c r="A165" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>2 шт</t>
+      <c r="A165" s="3" t="inlineStr">
+        <is>
+          <t>Фасованная продукция</t>
         </is>
       </c>
     </row>
     <row r="166">
-      <c r="A166" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>2 шт</t>
+      <c r="A166" s="3" t="inlineStr">
+        <is>
+          <t>Бренд</t>
+        </is>
+      </c>
+      <c r="B166" s="3" t="inlineStr">
+        <is>
+          <t>Название конфеты</t>
+        </is>
+      </c>
+      <c r="C166" s="3" t="inlineStr">
+        <is>
+          <t>Количество</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="4" t="inlineStr">
         <is>
-          <t>ESSEN</t>
+          <t>Orion</t>
         </is>
       </c>
       <c r="B167" s="4" t="inlineStr">
         <is>
-          <t>"Cho Ko-Te" Шокотята</t>
+          <t>Батончик «Choco-Pie»</t>
         </is>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="4" t="inlineStr">
         <is>
-          <t>ESSEN</t>
+          <t>Nestle</t>
         </is>
       </c>
       <c r="B168" s="4" t="inlineStr">
         <is>
-          <t>"Королевский выбор"</t>
+          <t>Вафельный батончик «Хрутка криспи»</t>
         </is>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="4" t="inlineStr">
         <is>
-          <t>Konti</t>
+          <t>Mars</t>
         </is>
       </c>
       <c r="B169" s="4" t="inlineStr">
         <is>
-          <t>"TIMI"</t>
+          <t>Драже «M&amp;M’s»</t>
         </is>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="4" t="inlineStr">
         <is>
-          <t>Акконд</t>
+          <t>Mamba</t>
         </is>
       </c>
       <c r="B170" s="4" t="inlineStr">
         <is>
-          <t>"Адель"</t>
+          <t>Жевательные конфеты "Mamba"</t>
         </is>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="4" t="inlineStr">
         <is>
-          <t>Акконд</t>
+          <t>Chupa Chups</t>
         </is>
       </c>
       <c r="B171" s="4" t="inlineStr">
         <is>
-          <t>"Халветта"</t>
+          <t>Chupa Chups</t>
         </is>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="4" t="inlineStr">
         <is>
-          <t>Красный Октябрь</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B172" s="4" t="inlineStr">
         <is>
-          <t>"Красный мак"</t>
+          <t>Мармелад «Бонди» 100г</t>
         </is>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="4" t="inlineStr">
         <is>
-          <t>Красный Октябрь</t>
+          <t>Orion</t>
         </is>
       </c>
       <c r="B173" s="4" t="inlineStr">
         <is>
-          <t>"Наслаждение"</t>
+          <t>Печенье «Choco Boy» Грибочки</t>
         </is>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="4" t="inlineStr">
         <is>
-          <t>РотФронт</t>
+          <t>Oreo</t>
         </is>
       </c>
       <c r="B174" s="4" t="inlineStr">
         <is>
-          <t>"Семейство сов"</t>
+          <t>Шоколадное Печенье «OREO»</t>
         </is>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="4" t="inlineStr">
         <is>
-          <t>Славянка</t>
+          <t>Nestle</t>
         </is>
       </c>
       <c r="B175" s="4" t="inlineStr">
         <is>
-          <t>"Левушка"</t>
+          <t>Шоколадка «Goodmix»</t>
         </is>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="4" t="inlineStr">
         <is>
-          <t>Сормовская к.ф</t>
+          <t>Mars</t>
         </is>
       </c>
       <c r="B176" s="4" t="inlineStr">
         <is>
-          <t>"Восточные мотивы"</t>
+          <t>Шоколадка «Milky Way»</t>
         </is>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Mars</t>
         </is>
       </c>
       <c r="B177" s="4" t="inlineStr">
         <is>
-          <t>"BabyFox galaxy"</t>
+          <t>Шоколадка «Snickers»</t>
         </is>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Ferrero</t>
         </is>
       </c>
       <c r="B178" s="4" t="inlineStr">
         <is>
-          <t>"Bon time"</t>
+          <t>Шоколадное яйцо «Kinder»</t>
         </is>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Nestle</t>
         </is>
       </c>
       <c r="B179" s="4" t="inlineStr">
         <is>
-          <t>"RODEO"</t>
+          <t>Шоколадка «Хрутка»</t>
         </is>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Mars</t>
         </is>
       </c>
       <c r="B180" s="4" t="inlineStr">
         <is>
-          <t>"FUROR"</t>
+          <t>«Twix»</t>
         </is>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
-          <t>2 шт</t>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>КВД</t>
         </is>
       </c>
       <c r="B181" s="4" t="inlineStr">
         <is>
+          <t>Драже "YOTA"</t>
+        </is>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="182"/>
+    <row r="183">
+      <c r="A183" s="3" t="inlineStr">
+        <is>
+          <t>Конфеты</t>
+        </is>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="3" t="inlineStr">
+        <is>
+          <t>Бренд</t>
+        </is>
+      </c>
+      <c r="B184" s="3" t="inlineStr">
+        <is>
+          <t>Название конфеты</t>
+        </is>
+      </c>
+      <c r="C184" s="3" t="inlineStr">
+        <is>
+          <t>Количество</t>
+        </is>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B185" s="4" t="inlineStr">
+        <is>
+          <t>"Конфета 35"</t>
+        </is>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B186" s="4" t="inlineStr">
+        <is>
+          <t>"Arami"</t>
+        </is>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B187" s="4" t="inlineStr">
+        <is>
+          <t>"Cho Ko-Te" Шокотята</t>
+        </is>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B188" s="4" t="inlineStr">
+        <is>
+          <t>«Cho Ko-Te» Bubble gum</t>
+        </is>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B189" s="4" t="inlineStr">
+        <is>
+          <t>"ДаЁжъ"</t>
+        </is>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="4" t="inlineStr">
+        <is>
+          <t>Nestle</t>
+        </is>
+      </c>
+      <c r="B190" s="4" t="inlineStr">
+        <is>
+          <t>«Nuts»</t>
+        </is>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="4" t="inlineStr">
+        <is>
+          <t>Mars</t>
+        </is>
+      </c>
+      <c r="B191" s="4" t="inlineStr">
+        <is>
+          <t>«Mars»</t>
+        </is>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="4" t="inlineStr">
+        <is>
+          <t>Mars</t>
+        </is>
+      </c>
+      <c r="B192" s="4" t="inlineStr">
+        <is>
+          <t>«Milky Way»</t>
+        </is>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="4" t="inlineStr">
+        <is>
+          <t>Mars</t>
+        </is>
+      </c>
+      <c r="B193" s="4" t="inlineStr">
+        <is>
+          <t>«Snickers»</t>
+        </is>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="4" t="inlineStr">
+        <is>
+          <t>Mars</t>
+        </is>
+      </c>
+      <c r="B194" s="4" t="inlineStr">
+        <is>
+          <t>«Twix»</t>
+        </is>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="4" t="inlineStr">
+        <is>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B195" s="4" t="inlineStr">
+        <is>
+          <t>«Ломтишка»</t>
+        </is>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="4" t="inlineStr">
+        <is>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B196" s="4" t="inlineStr">
+        <is>
+          <t>"Нямик"</t>
+        </is>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="4" t="inlineStr">
+        <is>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B197" s="4" t="inlineStr">
+        <is>
+          <t>"ОРешка"</t>
+        </is>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="4" t="inlineStr">
+        <is>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B198" s="4" t="inlineStr">
+        <is>
+          <t>"Халветта"</t>
+        </is>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="4" t="inlineStr">
+        <is>
+          <t>Красный Октябрь</t>
+        </is>
+      </c>
+      <c r="B199" s="4" t="inlineStr">
+        <is>
+          <t>«Кара-кум»</t>
+        </is>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="4" t="inlineStr">
+        <is>
+          <t>Красный Октябрь</t>
+        </is>
+      </c>
+      <c r="B200" s="4" t="inlineStr">
+        <is>
+          <t>"Красная шапочка"</t>
+        </is>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="4" t="inlineStr">
+        <is>
+          <t>Красный Октябрь</t>
+        </is>
+      </c>
+      <c r="B201" s="4" t="inlineStr">
+        <is>
+          <t>«Красный мак»</t>
+        </is>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="4" t="inlineStr">
+        <is>
+          <t>Красный Октябрь</t>
+        </is>
+      </c>
+      <c r="B202" s="4" t="inlineStr">
+        <is>
+          <t>"Маска"</t>
+        </is>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="4" t="inlineStr">
+        <is>
+          <t>Красный Октябрь</t>
+        </is>
+      </c>
+      <c r="B203" s="4" t="inlineStr">
+        <is>
+          <t>"Ореховая Роща"</t>
+        </is>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="4" t="inlineStr">
+        <is>
+          <t>Пензенская к.ф.</t>
+        </is>
+      </c>
+      <c r="B204" s="4" t="inlineStr">
+        <is>
+          <t>"Петушок маслена головушка"</t>
+        </is>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="4" t="inlineStr">
+        <is>
+          <t>РотФронт</t>
+        </is>
+      </c>
+      <c r="B205" s="4" t="inlineStr">
+        <is>
+          <t>"Батончик №1"</t>
+        </is>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="4" t="inlineStr">
+        <is>
+          <t>РотФронт</t>
+        </is>
+      </c>
+      <c r="B206" s="4" t="inlineStr">
+        <is>
+          <t>"Коровка"</t>
+        </is>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="4" t="inlineStr">
+        <is>
+          <t>РотФронт</t>
+        </is>
+      </c>
+      <c r="B207" s="4" t="inlineStr">
+        <is>
+          <t>"Птичье молоко"</t>
+        </is>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="4" t="inlineStr">
+        <is>
+          <t>Сириус</t>
+        </is>
+      </c>
+      <c r="B208" s="4" t="inlineStr">
+        <is>
+          <t>"ZOO ZOO"</t>
+        </is>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B209" s="4" t="inlineStr">
+        <is>
+          <t>"Ананасная долина"</t>
+        </is>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B210" s="4" t="inlineStr">
+        <is>
+          <t>«Ассорти люкс»</t>
+        </is>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B211" s="4" t="inlineStr">
+        <is>
+          <t>"Ярче"</t>
+        </is>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B212" s="4" t="inlineStr">
+        <is>
+          <t>"Маленькое чудо"</t>
+        </is>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B213" s="4" t="inlineStr">
+        <is>
+          <t>"Обыкновенное чудо"</t>
+        </is>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B214" s="4" t="inlineStr">
+        <is>
+          <t>"Степ"</t>
+        </is>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="4" t="inlineStr">
+        <is>
+          <t>Сладкий орешек</t>
+        </is>
+      </c>
+      <c r="B215" s="4" t="inlineStr">
+        <is>
+          <t>"Марсианка"</t>
+        </is>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B216" s="4" t="inlineStr">
+        <is>
+          <t>«BabyFox»</t>
+        </is>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B217" s="4" t="inlineStr">
+        <is>
+          <t>"Babyfox Bueno"</t>
+        </is>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B218" s="4" t="inlineStr">
+        <is>
+          <t>«Chocolate-Hazelnut»</t>
+        </is>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B219" s="4" t="inlineStr">
+        <is>
+          <t>"ELLE"</t>
+        </is>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B220" s="4" t="inlineStr">
+        <is>
           <t>"Версаль"</t>
         </is>
       </c>
-      <c r="C181" s="4" t="inlineStr">
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B221" s="4" t="inlineStr">
+        <is>
+          <t>"Zebra" mini</t>
+        </is>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="4" t="inlineStr">
+        <is>
+          <t>Konti</t>
+        </is>
+      </c>
+      <c r="B222" s="4" t="inlineStr">
+        <is>
+          <t>"Живинка"</t>
+        </is>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B223" s="4" t="inlineStr">
+        <is>
+          <t>«Крокант»</t>
+        </is>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B224" s="4" t="inlineStr">
+        <is>
+          <t>"Мексикана"</t>
+        </is>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B225" s="4" t="inlineStr">
+        <is>
+          <t>"Фундук Петрович"</t>
+        </is>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B226" s="4" t="inlineStr">
+        <is>
+          <t>"Чио Рио"</t>
+        </is>
+      </c>
+      <c r="C226" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B227" s="4" t="inlineStr">
+        <is>
+          <t>"Яшкина картошка"</t>
+        </is>
+      </c>
+      <c r="C227" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B228" s="4" t="inlineStr">
+        <is>
+          <t>"RODEO"</t>
+        </is>
+      </c>
+      <c r="C228" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B229" s="4" t="inlineStr">
+        <is>
+          <t>"Glaze"</t>
+        </is>
+      </c>
+      <c r="C229" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="4" t="inlineStr">
+        <is>
+          <t>Сормовская к.ф</t>
+        </is>
+      </c>
+      <c r="B230" s="4" t="inlineStr">
+        <is>
+          <t>"Восточные мотивы"</t>
+        </is>
+      </c>
+      <c r="C230" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B231" s="4" t="inlineStr">
+        <is>
+          <t>"Bon time"</t>
+        </is>
+      </c>
+      <c r="C231" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B232" s="4" t="inlineStr">
+        <is>
+          <t>"BabyFox galaxy"</t>
+        </is>
+      </c>
+      <c r="C232" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B233" s="4" t="inlineStr">
+        <is>
+          <t>"Jets"</t>
+        </is>
+      </c>
+      <c r="C233" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B234" s="4" t="inlineStr">
+        <is>
+          <t>"Левушка"</t>
+        </is>
+      </c>
+      <c r="C234" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="4" t="inlineStr">
+        <is>
+          <t>Сириус</t>
+        </is>
+      </c>
+      <c r="B235" s="4" t="inlineStr">
+        <is>
+          <t>"Орешки в глазури" пирамидка</t>
+        </is>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B236" s="4" t="inlineStr">
+        <is>
+          <t>"BonBonel"</t>
+        </is>
+      </c>
+      <c r="C236" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="4" t="inlineStr">
+        <is>
+          <t>Konti</t>
+        </is>
+      </c>
+      <c r="B237" s="4" t="inlineStr">
+        <is>
+          <t>"TIMI"</t>
+        </is>
+      </c>
+      <c r="C237" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B238" s="4" t="inlineStr">
+        <is>
+          <t>"O'zera" с цельным фундуком</t>
+        </is>
+      </c>
+      <c r="C238" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="4" t="inlineStr">
+        <is>
+          <t>РотФронт</t>
+        </is>
+      </c>
+      <c r="B239" s="4" t="inlineStr">
+        <is>
+          <t>"Семейство сов"</t>
+        </is>
+      </c>
+      <c r="C239" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B240" s="4" t="inlineStr">
+        <is>
+          <t>"Евгеша"</t>
+        </is>
+      </c>
+      <c r="C240" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B241" s="4" t="inlineStr">
+        <is>
+          <t>"Королевский выбор"</t>
+        </is>
+      </c>
+      <c r="C241" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="4" t="inlineStr">
+        <is>
+          <t>Красный Октябрь</t>
+        </is>
+      </c>
+      <c r="B242" s="4" t="inlineStr">
+        <is>
+          <t>"Наслаждение"</t>
+        </is>
+      </c>
+      <c r="C242" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="4" t="inlineStr">
+        <is>
+          <t>Атаг</t>
+        </is>
+      </c>
+      <c r="B243" s="4" t="inlineStr">
+        <is>
+          <t>"Отырар"</t>
+        </is>
+      </c>
+      <c r="C243" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="4" t="inlineStr">
+        <is>
+          <t>Атаг</t>
+        </is>
+      </c>
+      <c r="B244" s="4" t="inlineStr">
+        <is>
+          <t>"Плитка шоколадки"</t>
+        </is>
+      </c>
+      <c r="C244" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="4" t="inlineStr">
+        <is>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B245" s="4" t="inlineStr">
+        <is>
+          <t>"Лапки Царапки"</t>
+        </is>
+      </c>
+      <c r="C245" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="246"/>
+    <row r="247"/>
+    <row r="248">
+      <c r="A248" s="3" t="inlineStr">
+        <is>
+          <t>Набор: Праздник сладкоежки</t>
+        </is>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="3" t="inlineStr">
+        <is>
+          <t>Тип</t>
+        </is>
+      </c>
+      <c r="B249" s="4" t="inlineStr">
+        <is>
+          <t>Премиум</t>
+        </is>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="3" t="inlineStr">
+        <is>
+          <t>Граммовка</t>
+        </is>
+      </c>
+      <c r="B250" s="4" t="inlineStr">
+        <is>
+          <t>2000 г</t>
+        </is>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" s="3" t="inlineStr">
+        <is>
+          <t>Общее количество конфет</t>
+        </is>
+      </c>
+      <c r="B251" s="4" t="inlineStr">
+        <is>
+          <t>105 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" s="3" t="inlineStr">
+        <is>
+          <t>Цены набора конфет</t>
+        </is>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" s="3" t="inlineStr">
+        <is>
+          <t>Количество</t>
+        </is>
+      </c>
+      <c r="B253" s="3" t="inlineStr">
+        <is>
+          <t>Цена набора (₽)</t>
+        </is>
+      </c>
+      <c r="C253" s="3" t="inlineStr">
+        <is>
+          <t>Цена с упаковкой (₽)</t>
+        </is>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" s="4" t="inlineStr">
+        <is>
+          <t>от 1 шт.</t>
+        </is>
+      </c>
+      <c r="B254" s="4" t="n">
+        <v>2810</v>
+      </c>
+      <c r="C254" s="4" t="n">
+        <v>2933</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" s="4" t="inlineStr">
+        <is>
+          <t>от 30 шт.</t>
+        </is>
+      </c>
+      <c r="B255" s="4" t="n">
+        <v>2670</v>
+      </c>
+      <c r="C255" s="4" t="n">
+        <v>2793</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" s="4" t="inlineStr">
+        <is>
+          <t>от 100 шт.</t>
+        </is>
+      </c>
+      <c r="B256" s="4" t="n">
+        <v>2510</v>
+      </c>
+      <c r="C256" s="4" t="n">
+        <v>2633</v>
+      </c>
+    </row>
+    <row r="257"/>
+    <row r="258">
+      <c r="A258" s="3" t="inlineStr">
+        <is>
+          <t>Фасованная продукция</t>
+        </is>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" s="3" t="inlineStr">
+        <is>
+          <t>Бренд</t>
+        </is>
+      </c>
+      <c r="B259" s="3" t="inlineStr">
+        <is>
+          <t>Название конфеты</t>
+        </is>
+      </c>
+      <c r="C259" s="3" t="inlineStr">
+        <is>
+          <t>Количество</t>
+        </is>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="4" t="inlineStr">
+        <is>
+          <t>Orion</t>
+        </is>
+      </c>
+      <c r="B260" s="4" t="inlineStr">
+        <is>
+          <t>Батончик «Choco-Pie»</t>
+        </is>
+      </c>
+      <c r="C260" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="4" t="inlineStr">
+        <is>
+          <t>Ferrero</t>
+        </is>
+      </c>
+      <c r="B261" s="4" t="inlineStr">
+        <is>
+          <t>Батончик «Kinder Bueno»</t>
+        </is>
+      </c>
+      <c r="C261" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B262" s="4" t="inlineStr">
+        <is>
+          <t>Драже «YOTA» в ассортименте</t>
+        </is>
+      </c>
+      <c r="C262" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" s="4" t="inlineStr">
+        <is>
+          <t>Nestle</t>
+        </is>
+      </c>
+      <c r="B263" s="4" t="inlineStr">
+        <is>
+          <t>Вафельный батончик «Хрутка криспи»</t>
+        </is>
+      </c>
+      <c r="C263" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="4" t="inlineStr">
+        <is>
+          <t>Mars</t>
+        </is>
+      </c>
+      <c r="B264" s="4" t="inlineStr">
+        <is>
+          <t>Драже «M&amp;M’s»</t>
+        </is>
+      </c>
+      <c r="C264" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="4" t="inlineStr">
+        <is>
+          <t>Chupa Chups</t>
+        </is>
+      </c>
+      <c r="B265" s="4" t="inlineStr">
+        <is>
+          <t>Chupa Chups</t>
+        </is>
+      </c>
+      <c r="C265" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" s="4" t="inlineStr">
+        <is>
+          <t>Oreo</t>
+        </is>
+      </c>
+      <c r="B266" s="4" t="inlineStr">
+        <is>
+          <t>Шоколадное Печенье «OREO»</t>
+        </is>
+      </c>
+      <c r="C266" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" s="4" t="inlineStr">
+        <is>
+          <t>Любимый</t>
+        </is>
+      </c>
+      <c r="B267" s="4" t="inlineStr">
+        <is>
+          <t>Сок «Любимый» 0,2л</t>
+        </is>
+      </c>
+      <c r="C267" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="4" t="inlineStr">
+        <is>
+          <t>Mars</t>
+        </is>
+      </c>
+      <c r="B268" s="4" t="inlineStr">
+        <is>
+          <t>Шоколадка «Milky Way»</t>
+        </is>
+      </c>
+      <c r="C268" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="4" t="inlineStr">
+        <is>
+          <t>Mars</t>
+        </is>
+      </c>
+      <c r="B269" s="4" t="inlineStr">
+        <is>
+          <t>Шоколадка «Twix»</t>
+        </is>
+      </c>
+      <c r="C269" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="4" t="inlineStr">
+        <is>
+          <t>Mars</t>
+        </is>
+      </c>
+      <c r="B270" s="4" t="inlineStr">
+        <is>
+          <t>Шоколадка «Snickers»</t>
+        </is>
+      </c>
+      <c r="C270" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="4" t="inlineStr">
+        <is>
+          <t>Ferrero</t>
+        </is>
+      </c>
+      <c r="B271" s="4" t="inlineStr">
+        <is>
+          <t>Шоколадное яйцо «Kinder»</t>
+        </is>
+      </c>
+      <c r="C271" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="4" t="inlineStr">
+        <is>
+          <t>Mamba</t>
+        </is>
+      </c>
+      <c r="B272" s="4" t="inlineStr">
+        <is>
+          <t>Жевательные конфеты "Mamba" 27г</t>
+        </is>
+      </c>
+      <c r="C272" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="4" t="inlineStr">
+        <is>
+          <t>Nestle</t>
+        </is>
+      </c>
+      <c r="B273" s="4" t="inlineStr">
+        <is>
+          <t>Шоколадка «Хрутка»</t>
+        </is>
+      </c>
+      <c r="C273" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B274" s="4" t="inlineStr">
+        <is>
+          <t>Мармелад KDV "BabyFox" 70гр</t>
+        </is>
+      </c>
+      <c r="C274" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="275"/>
+    <row r="276">
+      <c r="A276" s="3" t="inlineStr">
+        <is>
+          <t>Конфеты</t>
+        </is>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" s="3" t="inlineStr">
+        <is>
+          <t>Бренд</t>
+        </is>
+      </c>
+      <c r="B277" s="3" t="inlineStr">
+        <is>
+          <t>Название конфеты</t>
+        </is>
+      </c>
+      <c r="C277" s="3" t="inlineStr">
+        <is>
+          <t>Количество</t>
+        </is>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B278" s="4" t="inlineStr">
+        <is>
+          <t>«Cho Ko-Te» Bubble gum</t>
+        </is>
+      </c>
+      <c r="C278" s="4" t="inlineStr">
         <is>
           <t>2 шт</t>
         </is>
       </c>
     </row>
-    <row r="182">
-[...5 lines deleted...]
-      <c r="B182" s="4" t="inlineStr">
+    <row r="279">
+      <c r="A279" s="4" t="inlineStr">
+        <is>
+          <t>Konti</t>
+        </is>
+      </c>
+      <c r="B279" s="4" t="inlineStr">
+        <is>
+          <t>"Золотая Лилия"</t>
+        </is>
+      </c>
+      <c r="C279" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" s="4" t="inlineStr">
+        <is>
+          <t>Mars</t>
+        </is>
+      </c>
+      <c r="B280" s="4" t="inlineStr">
+        <is>
+          <t>«Milky Way»</t>
+        </is>
+      </c>
+      <c r="C280" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" s="4" t="inlineStr">
+        <is>
+          <t>Mars</t>
+        </is>
+      </c>
+      <c r="B281" s="4" t="inlineStr">
+        <is>
+          <t>«Twix»</t>
+        </is>
+      </c>
+      <c r="C281" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" s="4" t="inlineStr">
+        <is>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B282" s="4" t="inlineStr">
+        <is>
+          <t>«Ломтишка»</t>
+        </is>
+      </c>
+      <c r="C282" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="4" t="inlineStr">
+        <is>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B283" s="4" t="inlineStr">
+        <is>
+          <t>"ОРешка"</t>
+        </is>
+      </c>
+      <c r="C283" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" s="4" t="inlineStr">
+        <is>
+          <t>Красный Октябрь</t>
+        </is>
+      </c>
+      <c r="B284" s="4" t="inlineStr">
+        <is>
+          <t>"Маска"</t>
+        </is>
+      </c>
+      <c r="C284" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" s="4" t="inlineStr">
+        <is>
+          <t>РотФронт</t>
+        </is>
+      </c>
+      <c r="B285" s="4" t="inlineStr">
+        <is>
+          <t>"Батончик №1"</t>
+        </is>
+      </c>
+      <c r="C285" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" s="4" t="inlineStr">
+        <is>
+          <t>РотФронт</t>
+        </is>
+      </c>
+      <c r="B286" s="4" t="inlineStr">
+        <is>
+          <t>"Коровка"</t>
+        </is>
+      </c>
+      <c r="C286" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="4" t="inlineStr">
+        <is>
+          <t>Сириус</t>
+        </is>
+      </c>
+      <c r="B287" s="4" t="inlineStr">
+        <is>
+          <t>"ZOO ZOO"</t>
+        </is>
+      </c>
+      <c r="C287" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" s="4" t="inlineStr">
+        <is>
+          <t>Сириус</t>
+        </is>
+      </c>
+      <c r="B288" s="4" t="inlineStr">
+        <is>
+          <t>"Орешки в глазури" пирамидка</t>
+        </is>
+      </c>
+      <c r="C288" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B289" s="4" t="inlineStr">
+        <is>
+          <t>"Ананасная долина"</t>
+        </is>
+      </c>
+      <c r="C289" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B290" s="4" t="inlineStr">
+        <is>
+          <t>"Конфета 35"</t>
+        </is>
+      </c>
+      <c r="C290" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B291" s="4" t="inlineStr">
+        <is>
+          <t>"Маленькое чудо"</t>
+        </is>
+      </c>
+      <c r="C291" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B292" s="4" t="inlineStr">
+        <is>
+          <t>"Обыкновенное чудо"</t>
+        </is>
+      </c>
+      <c r="C292" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B293" s="4" t="inlineStr">
+        <is>
+          <t>"Степ"</t>
+        </is>
+      </c>
+      <c r="C293" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B294" s="4" t="inlineStr">
+        <is>
+          <t>"Топленое молоко"</t>
+        </is>
+      </c>
+      <c r="C294" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" s="4" t="inlineStr">
+        <is>
+          <t>Сладкий орешек</t>
+        </is>
+      </c>
+      <c r="B295" s="4" t="inlineStr">
+        <is>
+          <t>"Марсианка"</t>
+        </is>
+      </c>
+      <c r="C295" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B296" s="4" t="inlineStr">
+        <is>
+          <t>«BabyFox»</t>
+        </is>
+      </c>
+      <c r="C296" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B297" s="4" t="inlineStr">
+        <is>
+          <t>"Babyfox Bueno"</t>
+        </is>
+      </c>
+      <c r="C297" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B298" s="4" t="inlineStr">
+        <is>
+          <t>"ELLE"</t>
+        </is>
+      </c>
+      <c r="C298" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B299" s="4" t="inlineStr">
+        <is>
+          <t>«Джумка» mini</t>
+        </is>
+      </c>
+      <c r="C299" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B300" s="4" t="inlineStr">
+        <is>
+          <t>«Крокант»</t>
+        </is>
+      </c>
+      <c r="C300" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B301" s="4" t="inlineStr">
+        <is>
+          <t>"Фундук Петрович"</t>
+        </is>
+      </c>
+      <c r="C301" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B302" s="4" t="inlineStr">
+        <is>
+          <t>"Чио Рио"</t>
+        </is>
+      </c>
+      <c r="C302" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B303" s="4" t="inlineStr">
+        <is>
+          <t>"Яшкина картошка"</t>
+        </is>
+      </c>
+      <c r="C303" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B304" s="4" t="inlineStr">
+        <is>
+          <t>"Arami"</t>
+        </is>
+      </c>
+      <c r="C304" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B305" s="4" t="inlineStr">
+        <is>
+          <t>"BonBonel"</t>
+        </is>
+      </c>
+      <c r="C305" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B306" s="4" t="inlineStr">
+        <is>
+          <t>"Cho Ko-Te" Шокотята</t>
+        </is>
+      </c>
+      <c r="C306" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B307" s="4" t="inlineStr">
+        <is>
+          <t>"Королевский выбор"</t>
+        </is>
+      </c>
+      <c r="C307" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" s="4" t="inlineStr">
+        <is>
+          <t>Konti</t>
+        </is>
+      </c>
+      <c r="B308" s="4" t="inlineStr">
+        <is>
+          <t>"TIMI"</t>
+        </is>
+      </c>
+      <c r="C308" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" s="4" t="inlineStr">
+        <is>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B309" s="4" t="inlineStr">
+        <is>
+          <t>"Адель"</t>
+        </is>
+      </c>
+      <c r="C309" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" s="4" t="inlineStr">
+        <is>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B310" s="4" t="inlineStr">
+        <is>
+          <t>"Халветта"</t>
+        </is>
+      </c>
+      <c r="C310" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" s="4" t="inlineStr">
+        <is>
+          <t>Красный Октябрь</t>
+        </is>
+      </c>
+      <c r="B311" s="4" t="inlineStr">
+        <is>
+          <t>"Красный мак"</t>
+        </is>
+      </c>
+      <c r="C311" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" s="4" t="inlineStr">
+        <is>
+          <t>Красный Октябрь</t>
+        </is>
+      </c>
+      <c r="B312" s="4" t="inlineStr">
+        <is>
+          <t>"Наслаждение"</t>
+        </is>
+      </c>
+      <c r="C312" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" s="4" t="inlineStr">
+        <is>
+          <t>РотФронт</t>
+        </is>
+      </c>
+      <c r="B313" s="4" t="inlineStr">
+        <is>
+          <t>"Семейство сов"</t>
+        </is>
+      </c>
+      <c r="C313" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B314" s="4" t="inlineStr">
+        <is>
+          <t>"Левушка"</t>
+        </is>
+      </c>
+      <c r="C314" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" s="4" t="inlineStr">
+        <is>
+          <t>Сормовская к.ф</t>
+        </is>
+      </c>
+      <c r="B315" s="4" t="inlineStr">
+        <is>
+          <t>"Восточные мотивы"</t>
+        </is>
+      </c>
+      <c r="C315" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B316" s="4" t="inlineStr">
+        <is>
+          <t>"BabyFox galaxy"</t>
+        </is>
+      </c>
+      <c r="C316" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B317" s="4" t="inlineStr">
+        <is>
+          <t>"Bon time"</t>
+        </is>
+      </c>
+      <c r="C317" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B318" s="4" t="inlineStr">
+        <is>
+          <t>"RODEO"</t>
+        </is>
+      </c>
+      <c r="C318" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B319" s="4" t="inlineStr">
+        <is>
+          <t>"FUROR"</t>
+        </is>
+      </c>
+      <c r="C319" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B320" s="4" t="inlineStr">
+        <is>
+          <t>"Версаль"</t>
+        </is>
+      </c>
+      <c r="C320" s="4" t="inlineStr">
+        <is>
+          <t>2 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B321" s="4" t="inlineStr">
         <is>
           <t>"Мексикана"</t>
         </is>
       </c>
-      <c r="C182" s="4" t="inlineStr">
+      <c r="C321" s="4" t="inlineStr">
         <is>
           <t>2 шт</t>
         </is>
       </c>
     </row>
-    <row r="183">
-      <c r="A183" s="4" t="inlineStr">
+    <row r="322">
+      <c r="A322" s="4" t="inlineStr">
         <is>
           <t>Красный Октябрь</t>
         </is>
       </c>
-      <c r="B183" s="4" t="inlineStr">
+      <c r="B322" s="4" t="inlineStr">
         <is>
           <t>"Ореховая Роща"</t>
         </is>
       </c>
-      <c r="C183" s="4" t="inlineStr">
+      <c r="C322" s="4" t="inlineStr">
         <is>
           <t>2 шт</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="6">
+  <mergeCells count="8">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A3:D3"/>
-    <mergeCell ref="A109:D109"/>
+    <mergeCell ref="A248:D248"/>
+    <mergeCell ref="A86:D86"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A11:D11"/>
+    <mergeCell ref="A155:D155"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>