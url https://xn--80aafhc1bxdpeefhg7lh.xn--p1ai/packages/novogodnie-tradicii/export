--- v0 (2025-12-07)
+++ v1 (2026-01-31)
@@ -439,51 +439,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:D173"/>
+  <dimension ref="A1:D108"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="38" customWidth="1" min="1" max="1"/>
     <col width="50" customWidth="1" min="2" max="2"/>
     <col width="22" customWidth="1" min="3" max="3"/>
     <col width="6" customWidth="1" min="4" max="4"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Детали упаковки: Новогодние традиции</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Основная информация</t>
@@ -1972,1027 +1972,52 @@
         </is>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="4" t="inlineStr">
         <is>
           <t>Mars</t>
         </is>
       </c>
       <c r="B108" s="4" t="inlineStr">
         <is>
           <t>«Twix»</t>
         </is>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
-    <row r="109"/>
-[...972 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="7">
+  <mergeCells count="6">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A73:D73"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A11:D11"/>
-    <mergeCell ref="A111:D111"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>