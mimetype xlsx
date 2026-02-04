--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -439,51 +439,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:D103"/>
+  <dimension ref="A1:D141"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="26" customWidth="1" min="1" max="1"/>
     <col width="50" customWidth="1" min="2" max="2"/>
     <col width="22" customWidth="1" min="3" max="3"/>
     <col width="6" customWidth="1" min="4" max="4"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Детали упаковки: Шалун</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Основная информация</t>
@@ -624,1315 +624,1831 @@
           <t>Цена за штуку (₽)</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>от 1 шт.</t>
         </is>
       </c>
       <c r="B13" s="4" t="n">
         <v>34</v>
       </c>
     </row>
     <row r="14"/>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Доступные наборы конфет</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
-          <t>Набор: Маленькая радость</t>
+          <t>Набор: Чудо лакомство</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Тип</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>Стандарт</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Граммовка</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t>400 г</t>
+          <t>300 г</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Общее количество конфет</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>25 шт</t>
+          <t>21 шт</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Цены набора конфет</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Количество</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Цена набора (₽)</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Цена с упаковкой (₽)</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
           <t>от 1 шт.</t>
         </is>
       </c>
       <c r="B22" s="4" t="n">
-        <v>355</v>
+        <v>270</v>
       </c>
       <c r="C22" s="4" t="n">
-        <v>389</v>
+        <v>304</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
           <t>от 30 шт.</t>
         </is>
       </c>
       <c r="B23" s="4" t="n">
-        <v>335</v>
+        <v>255</v>
       </c>
       <c r="C23" s="4" t="n">
-        <v>369</v>
+        <v>289</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
           <t>от 100 шт.</t>
         </is>
       </c>
       <c r="B24" s="4" t="n">
-        <v>315</v>
+        <v>240</v>
       </c>
       <c r="C24" s="4" t="n">
-        <v>349</v>
+        <v>274</v>
       </c>
     </row>
     <row r="25"/>
     <row r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фасованная продукция</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бренд</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
           <t>Название конфеты</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Количество</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>КВД</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t>Батончик «Bon Time»</t>
+          <t>Батончик "Чио Рио"</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
           <t>Яшкино</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>Батончик «Крокант»</t>
+          <t>Шоколадное пирожное «TONDI» choco pie</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
           <t>Яшкино</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t>Мармелад «Babyfox» 30г</t>
+          <t>Карамель на палочке KDV "STRIKE"</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="31"/>
     <row r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Конфеты</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бренд</t>
         </is>
       </c>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>Название конфеты</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Количество</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Konti</t>
+          <t>Славянка</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t>"TIMI"</t>
+          <t>"Топленое молоко"</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Konti</t>
+          <t>ESSEN</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t>"Золотая Лилия"</t>
+          <t>"Cho Ko-Te" Шокотята</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Акконд</t>
+          <t>РотФронт</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t>"Прохлада"</t>
+          <t>"Батончик №1"</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Акконд</t>
+          <t>РотФронт</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t>"Шерби"</t>
+          <t>"Семейство сов"</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Вольский кондитер</t>
+          <t>Сириус</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t>"Коровка в шоколаде"</t>
+          <t>"ZOO ZOO"</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
-          <t>Акконд</t>
+          <t>Славянка</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t>"Халветта"</t>
+          <t>"Медунок"</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="4" t="inlineStr">
         <is>
-          <t>Красный Октябрь</t>
+          <t>Сладкий орешек</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t>"Ну-ка, отними"</t>
+          <t>"Марсианка"</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="4" t="inlineStr">
         <is>
-          <t>Красный Октябрь</t>
+          <t>Сормовская к.ф</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t>"Ромашка"</t>
+          <t>"Восточные мотивы"</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>Сириус</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t>"ZOO ZOO"</t>
+          <t>"Bon time"</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="4" t="inlineStr">
         <is>
-          <t>Славянка</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t>"Левушка"</t>
+          <t>"Jets"</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>Славянка</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t>"Ананасная долина"</t>
+          <t>"Крокант"</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>Славянка</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t>"Детям"</t>
+          <t>"Мексикана"</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>Славянка</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t>"Степ"</t>
+          <t>"Шантарель"</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
           <t>Яшкино</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t>"FUROR"</t>
+          <t>"Фэнси"</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Konti</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t>"Бонфетти"</t>
+          <t>"Живинка"</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Акконд</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t>"Мексикана"</t>
+          <t>"Зернушка"</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Акконд</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t>"Чио Рио"</t>
+          <t>"Нямик"</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Вольский кондитер</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t>"Nils"</t>
+          <t>"Коровка в шоколаде"</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
-    <row r="52">
-[...32 lines deleted...]
-    </row>
+    <row r="52"/>
+    <row r="53"/>
     <row r="54">
-      <c r="A54" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>1 шт</t>
+      <c r="A54" s="3" t="inlineStr">
+        <is>
+          <t>Набор: Маленькая радость</t>
         </is>
       </c>
     </row>
     <row r="55">
-      <c r="A55" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Яшкино</t>
+      <c r="A55" s="3" t="inlineStr">
+        <is>
+          <t>Тип</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t>"Cookies and milk"</t>
-[...9 lines deleted...]
-    <row r="57"/>
+          <t>Стандарт</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="3" t="inlineStr">
+        <is>
+          <t>Граммовка</t>
+        </is>
+      </c>
+      <c r="B56" s="4" t="inlineStr">
+        <is>
+          <t>400 г</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="3" t="inlineStr">
+        <is>
+          <t>Общее количество конфет</t>
+        </is>
+      </c>
+      <c r="B57" s="4" t="inlineStr">
+        <is>
+          <t>25 шт</t>
+        </is>
+      </c>
+    </row>
     <row r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
-          <t>Набор: Сладкий презент</t>
+          <t>Цены набора конфет</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
-          <t>Тип</t>
-[...4 lines deleted...]
-          <t>Стандарт</t>
+          <t>Количество</t>
+        </is>
+      </c>
+      <c r="B59" s="3" t="inlineStr">
+        <is>
+          <t>Цена набора (₽)</t>
+        </is>
+      </c>
+      <c r="C59" s="3" t="inlineStr">
+        <is>
+          <t>Цена с упаковкой (₽)</t>
         </is>
       </c>
     </row>
     <row r="60">
-      <c r="A60" s="3" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="4" t="inlineStr">
+        <is>
+          <t>от 1 шт.</t>
+        </is>
+      </c>
+      <c r="B60" s="4" t="n">
+        <v>355</v>
+      </c>
+      <c r="C60" s="4" t="n">
+        <v>389</v>
       </c>
     </row>
     <row r="61">
-      <c r="A61" s="3" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="4" t="inlineStr">
+        <is>
+          <t>от 30 шт.</t>
+        </is>
+      </c>
+      <c r="B61" s="4" t="n">
+        <v>335</v>
+      </c>
+      <c r="C61" s="4" t="n">
+        <v>369</v>
       </c>
     </row>
     <row r="62">
-      <c r="A62" s="3" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A63" s="3" t="inlineStr">
+      <c r="A62" s="4" t="inlineStr">
+        <is>
+          <t>от 100 шт.</t>
+        </is>
+      </c>
+      <c r="B62" s="4" t="n">
+        <v>315</v>
+      </c>
+      <c r="C62" s="4" t="n">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="63"/>
+    <row r="64">
+      <c r="A64" s="3" t="inlineStr">
+        <is>
+          <t>Фасованная продукция</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="3" t="inlineStr">
+        <is>
+          <t>Бренд</t>
+        </is>
+      </c>
+      <c r="B65" s="3" t="inlineStr">
+        <is>
+          <t>Название конфеты</t>
+        </is>
+      </c>
+      <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Количество</t>
         </is>
-      </c>
-[...34 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="4" t="inlineStr">
         <is>
-          <t>от 100 шт.</t>
-[...9 lines deleted...]
-    <row r="67"/>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B66" s="4" t="inlineStr">
+        <is>
+          <t>Батончик «Bon Time»</t>
+        </is>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B67" s="4" t="inlineStr">
+        <is>
+          <t>Батончик «Крокант»</t>
+        </is>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
     <row r="68">
-      <c r="A68" s="3" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A69" s="3" t="inlineStr">
+      <c r="A68" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B68" s="4" t="inlineStr">
+        <is>
+          <t>Мармелад «Babyfox» 30г</t>
+        </is>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="69"/>
+    <row r="70">
+      <c r="A70" s="3" t="inlineStr">
+        <is>
+          <t>Конфеты</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бренд</t>
         </is>
       </c>
-      <c r="B69" s="3" t="inlineStr">
+      <c r="B71" s="3" t="inlineStr">
         <is>
           <t>Название конфеты</t>
         </is>
       </c>
-      <c r="C69" s="3" t="inlineStr">
+      <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Количество</t>
-        </is>
-[...32 lines deleted...]
-          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Konti</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t>Карамель на палочке KDV "STRIKE"</t>
+          <t>"TIMI"</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Konti</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t>Мармелад «Babyfox» 30г</t>
+          <t>"Золотая Лилия"</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="4" t="inlineStr">
         <is>
-          <t>Яшкино</t>
+          <t>Акконд</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t>Шоколадное пирожное «TONDI» choco pie</t>
+          <t>"Прохлада"</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
-    <row r="75"/>
+    <row r="75">
+      <c r="A75" s="4" t="inlineStr">
+        <is>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B75" s="4" t="inlineStr">
+        <is>
+          <t>"Шерби"</t>
+        </is>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
     <row r="76">
-      <c r="A76" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Конфеты</t>
+      <c r="A76" s="4" t="inlineStr">
+        <is>
+          <t>Вольский кондитер</t>
+        </is>
+      </c>
+      <c r="B76" s="4" t="inlineStr">
+        <is>
+          <t>"Коровка в шоколаде"</t>
+        </is>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="77">
-      <c r="A77" s="3" t="inlineStr">
-[...11 lines deleted...]
-          <t>Количество</t>
+      <c r="A77" s="4" t="inlineStr">
+        <is>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B77" s="4" t="inlineStr">
+        <is>
+          <t>"Халветта"</t>
+        </is>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="4" t="inlineStr">
         <is>
-          <t>ESSEN</t>
+          <t>Красный Октябрь</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t>"Конфета 35"</t>
+          <t>"Ну-ка, отними"</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="4" t="inlineStr">
         <is>
-          <t>Konti</t>
+          <t>Красный Октябрь</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t>"Золотая Лилия"</t>
+          <t>"Ромашка"</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="4" t="inlineStr">
         <is>
-          <t>Акконд</t>
+          <t>Сириус</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
-          <t>"Нямик"</t>
+          <t>"ZOO ZOO"</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="4" t="inlineStr">
         <is>
-          <t>Вольский кондитер</t>
+          <t>Славянка</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
-          <t>"Коровка в шоколаде"</t>
+          <t>"Левушка"</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="4" t="inlineStr">
         <is>
-          <t>РотФронт</t>
+          <t>Славянка</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
-          <t>"Батончик №1"</t>
+          <t>"Ананасная долина"</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="4" t="inlineStr">
         <is>
-          <t>Сириус</t>
+          <t>Славянка</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
-          <t>"ZOO ZOO"</t>
+          <t>"Детям"</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="4" t="inlineStr">
         <is>
           <t>Славянка</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
-          <t>"Детям"</t>
+          <t>"Степ"</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="4" t="inlineStr">
         <is>
-          <t>Славянка</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
-          <t>"Левушка"</t>
+          <t>"FUROR"</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="4" t="inlineStr">
         <is>
-          <t>Сладкий орешек</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
-          <t>"Марсианка"</t>
+          <t>"Бонфетти"</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="4" t="inlineStr">
         <is>
           <t>Яшкино</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
           <t>"Мексикана"</t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="4" t="inlineStr">
         <is>
-          <t>ESSEN</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
-          <t>"Как так?"</t>
+          <t>"Чио Рио"</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="4" t="inlineStr">
         <is>
-          <t>Акконд</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
-          <t>"Лапки Царапки"</t>
+          <t>"Nils"</t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="4" t="inlineStr">
         <is>
-          <t>РотФронт</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
-          <t>"Семейство сов"</t>
+          <t>"Шантарель"</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="4" t="inlineStr">
         <is>
-          <t>Красный Октябрь</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
-          <t>"Ореховая Роща"</t>
+          <t>«Му-муйка»</t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="4" t="inlineStr">
         <is>
-          <t>Славянка</t>
+          <t>ESSEN</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
-          <t>"Ананасная долина"</t>
+          <t>"BonBonel"</t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="4" t="inlineStr">
         <is>
-          <t>Сормовская к.ф</t>
+          <t>Яшкино</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
-          <t>"Восточные мотивы"</t>
+          <t>"Cookies and milk"</t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
-    <row r="94">
-[...32 lines deleted...]
-    </row>
+    <row r="94"/>
+    <row r="95"/>
     <row r="96">
-      <c r="A96" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>1 шт</t>
+      <c r="A96" s="3" t="inlineStr">
+        <is>
+          <t>Набор: Сладкий презент</t>
         </is>
       </c>
     </row>
     <row r="97">
-      <c r="A97" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Яшкино</t>
+      <c r="A97" s="3" t="inlineStr">
+        <is>
+          <t>Тип</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
-          <t>"Versailles"</t>
-[...4 lines deleted...]
-          <t>1 шт</t>
+          <t>Стандарт</t>
         </is>
       </c>
     </row>
     <row r="98">
-      <c r="A98" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Яшкино</t>
+      <c r="A98" s="3" t="inlineStr">
+        <is>
+          <t>Граммовка</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
-          <t>"RODEO"</t>
-[...4 lines deleted...]
-          <t>1 шт</t>
+          <t>500 г</t>
         </is>
       </c>
     </row>
     <row r="99">
-      <c r="A99" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Яшкино</t>
+      <c r="A99" s="3" t="inlineStr">
+        <is>
+          <t>Общее количество конфет</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
-          <t>"Nils"</t>
-[...4 lines deleted...]
-          <t>1 шт</t>
+          <t>31 шт</t>
         </is>
       </c>
     </row>
     <row r="100">
-      <c r="A100" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>1 шт</t>
+      <c r="A100" s="3" t="inlineStr">
+        <is>
+          <t>Цены набора конфет</t>
         </is>
       </c>
     </row>
     <row r="101">
-      <c r="A101" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>1 шт</t>
+      <c r="A101" s="3" t="inlineStr">
+        <is>
+          <t>Количество</t>
+        </is>
+      </c>
+      <c r="B101" s="3" t="inlineStr">
+        <is>
+          <t>Цена набора (₽)</t>
+        </is>
+      </c>
+      <c r="C101" s="3" t="inlineStr">
+        <is>
+          <t>Цена с упаковкой (₽)</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="4" t="inlineStr">
         <is>
-          <t>Акконд</t>
-[...10 lines deleted...]
-        </is>
+          <t>от 1 шт.</t>
+        </is>
+      </c>
+      <c r="B102" s="4" t="n">
+        <v>485</v>
+      </c>
+      <c r="C102" s="4" t="n">
+        <v>519</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="4" t="inlineStr">
         <is>
+          <t>от 30 шт.</t>
+        </is>
+      </c>
+      <c r="B103" s="4" t="n">
+        <v>460</v>
+      </c>
+      <c r="C103" s="4" t="n">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="4" t="inlineStr">
+        <is>
+          <t>от 100 шт.</t>
+        </is>
+      </c>
+      <c r="B104" s="4" t="n">
+        <v>435</v>
+      </c>
+      <c r="C104" s="4" t="n">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="105"/>
+    <row r="106">
+      <c r="A106" s="3" t="inlineStr">
+        <is>
+          <t>Фасованная продукция</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="3" t="inlineStr">
+        <is>
+          <t>Бренд</t>
+        </is>
+      </c>
+      <c r="B107" s="3" t="inlineStr">
+        <is>
+          <t>Название конфеты</t>
+        </is>
+      </c>
+      <c r="C107" s="3" t="inlineStr">
+        <is>
+          <t>Количество</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="4" t="inlineStr">
+        <is>
+          <t>КВД</t>
+        </is>
+      </c>
+      <c r="B108" s="4" t="inlineStr">
+        <is>
+          <t>Батончик "Чио Рио"</t>
+        </is>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B109" s="4" t="inlineStr">
+        <is>
+          <t>Драже «YOTA» в ассортименте</t>
+        </is>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B110" s="4" t="inlineStr">
+        <is>
+          <t>Карамель на палочке KDV "STRIKE"</t>
+        </is>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B111" s="4" t="inlineStr">
+        <is>
+          <t>Мармелад «Babyfox» 30г</t>
+        </is>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B112" s="4" t="inlineStr">
+        <is>
+          <t>Шоколадное пирожное «TONDI» choco pie</t>
+        </is>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="113"/>
+    <row r="114">
+      <c r="A114" s="3" t="inlineStr">
+        <is>
+          <t>Конфеты</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="3" t="inlineStr">
+        <is>
+          <t>Бренд</t>
+        </is>
+      </c>
+      <c r="B115" s="3" t="inlineStr">
+        <is>
+          <t>Название конфеты</t>
+        </is>
+      </c>
+      <c r="C115" s="3" t="inlineStr">
+        <is>
+          <t>Количество</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="4" t="inlineStr">
+        <is>
           <t>ESSEN</t>
         </is>
       </c>
-      <c r="B103" s="4" t="inlineStr">
+      <c r="B116" s="4" t="inlineStr">
+        <is>
+          <t>"Конфета 35"</t>
+        </is>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="4" t="inlineStr">
+        <is>
+          <t>Konti</t>
+        </is>
+      </c>
+      <c r="B117" s="4" t="inlineStr">
+        <is>
+          <t>"Золотая Лилия"</t>
+        </is>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="4" t="inlineStr">
+        <is>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B118" s="4" t="inlineStr">
+        <is>
+          <t>"Нямик"</t>
+        </is>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="4" t="inlineStr">
+        <is>
+          <t>Вольский кондитер</t>
+        </is>
+      </c>
+      <c r="B119" s="4" t="inlineStr">
+        <is>
+          <t>"Коровка в шоколаде"</t>
+        </is>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="4" t="inlineStr">
+        <is>
+          <t>РотФронт</t>
+        </is>
+      </c>
+      <c r="B120" s="4" t="inlineStr">
+        <is>
+          <t>"Батончик №1"</t>
+        </is>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="4" t="inlineStr">
+        <is>
+          <t>Сириус</t>
+        </is>
+      </c>
+      <c r="B121" s="4" t="inlineStr">
+        <is>
+          <t>"ZOO ZOO"</t>
+        </is>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B122" s="4" t="inlineStr">
+        <is>
+          <t>"Детям"</t>
+        </is>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B123" s="4" t="inlineStr">
+        <is>
+          <t>"Левушка"</t>
+        </is>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="4" t="inlineStr">
+        <is>
+          <t>Сладкий орешек</t>
+        </is>
+      </c>
+      <c r="B124" s="4" t="inlineStr">
+        <is>
+          <t>"Марсианка"</t>
+        </is>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B125" s="4" t="inlineStr">
+        <is>
+          <t>"Мексикана"</t>
+        </is>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B126" s="4" t="inlineStr">
+        <is>
+          <t>"Как так?"</t>
+        </is>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="4" t="inlineStr">
+        <is>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B127" s="4" t="inlineStr">
+        <is>
+          <t>"Лапки Царапки"</t>
+        </is>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="4" t="inlineStr">
+        <is>
+          <t>РотФронт</t>
+        </is>
+      </c>
+      <c r="B128" s="4" t="inlineStr">
+        <is>
+          <t>"Семейство сов"</t>
+        </is>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="4" t="inlineStr">
+        <is>
+          <t>Красный Октябрь</t>
+        </is>
+      </c>
+      <c r="B129" s="4" t="inlineStr">
+        <is>
+          <t>"Ореховая Роща"</t>
+        </is>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B130" s="4" t="inlineStr">
+        <is>
+          <t>"Ананасная долина"</t>
+        </is>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="4" t="inlineStr">
+        <is>
+          <t>Сормовская к.ф</t>
+        </is>
+      </c>
+      <c r="B131" s="4" t="inlineStr">
+        <is>
+          <t>"Восточные мотивы"</t>
+        </is>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B132" s="4" t="inlineStr">
+        <is>
+          <t>"Cookies and milk"</t>
+        </is>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B133" s="4" t="inlineStr">
+        <is>
+          <t>"Ярче"</t>
+        </is>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="4" t="inlineStr">
+        <is>
+          <t>Славянка</t>
+        </is>
+      </c>
+      <c r="B134" s="4" t="inlineStr">
+        <is>
+          <t>"Топленое молоко"</t>
+        </is>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B135" s="4" t="inlineStr">
+        <is>
+          <t>"Versailles"</t>
+        </is>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B136" s="4" t="inlineStr">
+        <is>
+          <t>"RODEO"</t>
+        </is>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B137" s="4" t="inlineStr">
+        <is>
+          <t>"Nils"</t>
+        </is>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="4" t="inlineStr">
+        <is>
+          <t>Яшкино</t>
+        </is>
+      </c>
+      <c r="B138" s="4" t="inlineStr">
+        <is>
+          <t>"Glaze"</t>
+        </is>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B139" s="4" t="inlineStr">
+        <is>
+          <t>"Cho Ko-Te" Шокотята</t>
+        </is>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="4" t="inlineStr">
+        <is>
+          <t>Акконд</t>
+        </is>
+      </c>
+      <c r="B140" s="4" t="inlineStr">
+        <is>
+          <t>"Фитси"</t>
+        </is>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>1 шт</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="4" t="inlineStr">
+        <is>
+          <t>ESSEN</t>
+        </is>
+      </c>
+      <c r="B141" s="4" t="inlineStr">
         <is>
           <t>"Магия"</t>
         </is>
       </c>
-      <c r="C103" s="4" t="inlineStr">
+      <c r="C141" s="4" t="inlineStr">
         <is>
           <t>1 шт</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="6">
+  <mergeCells count="7">
     <mergeCell ref="A1:D1"/>
-    <mergeCell ref="A58:D58"/>
     <mergeCell ref="A3:D3"/>
+    <mergeCell ref="A96:D96"/>
+    <mergeCell ref="A54:D54"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A11:D11"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>